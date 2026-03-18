--- v0 (2026-01-10)
+++ v1 (2026-03-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="2257D90C" w14:textId="77777777" w:rsidR="00B8710A" w:rsidRDefault="00B8710A" w:rsidP="00B8710A">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Site Suitability Template</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2E591C" w14:textId="77777777" w:rsidR="00B8710A" w:rsidRDefault="00B8710A" w:rsidP="00B8710A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="501D400B" w14:textId="382B8C59" w:rsidR="0098696C" w:rsidRDefault="00B8710A" w:rsidP="0098696C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -156,382 +156,394 @@
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">t, the </w:t>
       </w:r>
       <w:r w:rsidR="00EE7D2F">
         <w:t>form</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> should be completed in full. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54BBEF56" w14:textId="77777777" w:rsidR="001C361B" w:rsidRDefault="001C361B" w:rsidP="0098696C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Where information which is requested in this form is provided elsewhere in the application dossier, the document can just be referenced rather than repeating the information. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D99F71" w14:textId="77777777" w:rsidR="0098696C" w:rsidRDefault="0098696C" w:rsidP="0098696C">
+    <w:p w14:paraId="48D99F71" w14:textId="45F8E2E6" w:rsidR="0098696C" w:rsidRDefault="0098696C" w:rsidP="0098696C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0098696C">
         <w:t>A separate document should be completed and submitted for each site.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC68CCA" w14:textId="6DF2AFF1" w:rsidR="00B8710A" w:rsidRPr="00B8710A" w:rsidRDefault="00B8710A" w:rsidP="00B8710A">
+    <w:p w14:paraId="78255DE7" w14:textId="441BC9D7" w:rsidR="00497998" w:rsidRDefault="00497998" w:rsidP="0098696C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>By using this template, the CTR Annex I requirement N.67. is fulfilled.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F13F9F2" w14:textId="20EA573A" w:rsidR="00B8710A" w:rsidRPr="00863041" w:rsidRDefault="00B8710A" w:rsidP="00863041">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This template has been endorsed by the EU Clinical Trials </w:t>
       </w:r>
       <w:r w:rsidR="00425784">
         <w:t xml:space="preserve">Coordination and Advisory </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Group to comply with Regulation (EU) No. 536/2014 Clinical Trials on Medicinal Products for Human Use. </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="03BC8223" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00932AF6" w:rsidRDefault="00425784" w:rsidP="00425784">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8931" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3148"/>
         <w:gridCol w:w="5783"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B75F69" w:rsidRPr="00B75F69" w14:paraId="34F3F4CA" w14:textId="77777777" w:rsidTr="00DA44DA">
+      <w:tr w:rsidR="00B75F69" w:rsidRPr="00B75F69" w14:paraId="34F3F4CA" w14:textId="77777777" w:rsidTr="00F92A2F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71D935DB" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00DA44DA">
+          <w:p w14:paraId="71D935DB" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Section 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B75F69" w:rsidRPr="00840831" w14:paraId="6F5C0A31" w14:textId="77777777" w:rsidTr="008B277F">
+      <w:tr w:rsidR="00B75F69" w:rsidRPr="00B75F69" w14:paraId="6F5C0A31" w14:textId="77777777" w:rsidTr="008B277F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3148" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0E02C852" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00D826A5" w:rsidRDefault="00425784" w:rsidP="00DA44DA">
+          <w:p w14:paraId="0E02C852" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D826A5">
+            <w:r w:rsidRPr="00B75F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>EU trial number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5783" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCBAA96" w14:textId="177E737F" w:rsidR="00425784" w:rsidRPr="00840831" w:rsidRDefault="00425784" w:rsidP="00DA44DA">
+          <w:p w14:paraId="1BCBAA96" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B75F69" w:rsidRPr="00B75F69" w14:paraId="4230526A" w14:textId="77777777" w:rsidTr="00D826A5">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B75F69" w:rsidRPr="00B75F69" w14:paraId="4230526A" w14:textId="77777777" w:rsidTr="008B277F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3148" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38FFE181" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00D826A5" w:rsidRDefault="00425784" w:rsidP="00DA44DA">
+          <w:p w14:paraId="38FFE181" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D826A5">
+            <w:r w:rsidRPr="00B75F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Title of clinical trial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5783" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B7AD453" w14:textId="0291C69B" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00AB5D93">
+          <w:p w14:paraId="4B7AD453" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B75F69" w:rsidRPr="00F15EC3" w14:paraId="50FDAD86" w14:textId="77777777" w:rsidTr="008B277F">
+      <w:tr w:rsidR="00B75F69" w:rsidRPr="00B75F69" w14:paraId="50FDAD86" w14:textId="77777777" w:rsidTr="008B277F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3148" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52D67350" w14:textId="49831857" w:rsidR="00425784" w:rsidRPr="00D826A5" w:rsidRDefault="00425784" w:rsidP="00DA44DA">
+          <w:p w14:paraId="52D67350" w14:textId="49831857" w:rsidR="00425784" w:rsidRPr="00863041" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D826A5">
+            <w:r w:rsidRPr="00863041">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name of site, city</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5783" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0812B6DB" w14:textId="2C4CD59E" w:rsidR="00425784" w:rsidRPr="00067C87" w:rsidRDefault="00425784" w:rsidP="00D85004">
-[...5 lines deleted...]
-                <w:lang w:val="it-IT"/>
+          <w:p w14:paraId="0812B6DB" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
+            <w:pPr>
+              <w:pStyle w:val="Paragrafoelenco"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E389C" w:rsidRPr="00B75F69" w14:paraId="0AADA121" w14:textId="77777777" w:rsidTr="008B277F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="431AF0B5" w14:textId="5D47EAD0" w:rsidR="009E389C" w:rsidRPr="00863041" w:rsidRDefault="009E389C" w:rsidP="00F92A2F">
+            <w:pPr>
+              <w:pStyle w:val="Paragrafoelenco"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00863041">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>If applicable</w:t>
+            </w:r>
+            <w:r w:rsidR="00497998" w:rsidRPr="00863041">
+              <w:rPr>
+                <w:rStyle w:val="Rimandonotaapidipagina"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:footnoteReference w:id="1"/>
+            </w:r>
+            <w:r w:rsidRPr="00863041">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, unique identification number of the site</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5783" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9127B7" w14:textId="77777777" w:rsidR="009E389C" w:rsidRPr="00B75F69" w:rsidRDefault="009E389C" w:rsidP="00F92A2F">
+            <w:pPr>
+              <w:pStyle w:val="Paragrafoelenco"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B75F69" w:rsidRPr="00B75F69" w14:paraId="2CA74F2A" w14:textId="77777777" w:rsidTr="008B277F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3148" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF6CFD6" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00D826A5" w:rsidRDefault="00425784" w:rsidP="00DA44DA">
+          <w:p w14:paraId="2EF6CFD6" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D826A5">
+            <w:r w:rsidRPr="00B75F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name of principal investigator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5783" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D901CA2" w14:textId="46EE5273" w:rsidR="00425784" w:rsidRPr="00067C87" w:rsidRDefault="00425784" w:rsidP="00A50642">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="4D901CA2" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
+            <w:pPr>
+              <w:pStyle w:val="Paragrafoelenco"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B75F69" w:rsidRPr="00B75F69" w14:paraId="581559BF" w14:textId="77777777" w:rsidTr="008B277F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3148" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2994CFB5" w14:textId="45499AC5" w:rsidR="00425784" w:rsidRPr="00D826A5" w:rsidRDefault="00425784" w:rsidP="00DA44DA">
+          <w:p w14:paraId="2994CFB5" w14:textId="45499AC5" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D826A5">
+            <w:r w:rsidRPr="00B75F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Planned number of trial participants at the site</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5783" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF1173D" w14:textId="3B96BC11" w:rsidR="00425784" w:rsidRPr="002B0F9E" w:rsidRDefault="00425784" w:rsidP="00DA44DA">
+          <w:p w14:paraId="4CF1173D" w14:textId="77777777" w:rsidR="00425784" w:rsidRPr="00B75F69" w:rsidRDefault="00425784" w:rsidP="00F92A2F">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14460F55" w14:textId="5EC6E527" w:rsidR="00932AF6" w:rsidRPr="00932AF6" w:rsidRDefault="00932AF6" w:rsidP="00B8710A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F51E8A1" w14:textId="54562BB3" w:rsidR="00932AF6" w:rsidRDefault="00932AF6" w:rsidP="00B8710A">
-      <w:pPr>
-[...34 lines deleted...]
-    <w:p w14:paraId="32FB86ED" w14:textId="77777777" w:rsidR="002818B0" w:rsidRDefault="002818B0" w:rsidP="00B8710A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74FD8B84" w14:textId="77777777" w:rsidR="00932AF6" w:rsidRPr="00D74246" w:rsidRDefault="00932AF6" w:rsidP="00B8710A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk125542458"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8931" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -540,51 +552,50 @@
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8931"/>
       </w:tblGrid>
       <w:tr w:rsidR="0098696C" w:rsidRPr="00877075" w14:paraId="76D7D97C" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C68AD94" w14:textId="12549D20" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="0098696C" w:rsidP="00877075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidR="00932AF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8710A" w:rsidRPr="00877075" w14:paraId="34AA0A09" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51BF5844" w14:textId="47667076" w:rsidR="00B8710A" w:rsidRPr="00877075" w:rsidRDefault="00B8710A" w:rsidP="00877075">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
@@ -597,110 +608,90 @@
               </w:rPr>
               <w:t xml:space="preserve">Please provide a </w:t>
             </w:r>
             <w:r w:rsidR="006E39B1" w:rsidRPr="00B75F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>comprehensive</w:t>
             </w:r>
             <w:r w:rsidR="006E39B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>written statement on the suitability of the site adapted to the nature and use of the investigational medicinal product.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B8710A" w:rsidRPr="00877075" w14:paraId="15DC34AB" w14:textId="77777777" w:rsidTr="00877075">
+      <w:tr w:rsidR="00B8710A" w:rsidRPr="009807FF" w14:paraId="15DC34AB" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63678813" w14:textId="1CA2819B" w:rsidR="00B8710A" w:rsidRPr="00877075" w:rsidRDefault="00A15006" w:rsidP="003D3A05">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="63678813" w14:textId="16AE6DBE" w:rsidR="00B8710A" w:rsidRPr="009807FF" w:rsidRDefault="009807FF" w:rsidP="00662ECA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
-            <w:r w:rsidR="003D3A05">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Azienda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> USL di Bologna is suitable for the nature and use of the experimental medicinal product and for carrying out clinical trials, according to the provisions of the Italian Ministerial Decree ." </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009807FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DM 19 marzo 1998 “Riconoscimento della idoneità dei centri per la sperimentazione clinica dei medicinali.” </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8710A" w:rsidRPr="00877075" w14:paraId="3450F039" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BDD4FF3" w14:textId="724D18CA" w:rsidR="00B8710A" w:rsidRPr="00877075" w:rsidRDefault="00B8710A" w:rsidP="00877075">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -712,246 +703,279 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006E39B1" w:rsidRPr="00B75F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>in detail</w:t>
             </w:r>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> the suitability of the facilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8710A" w:rsidRPr="00877075" w14:paraId="031EAC89" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB0B4CA" w14:textId="77777777" w:rsidR="00A15006" w:rsidRPr="00A15006" w:rsidRDefault="00A15006" w:rsidP="00A15006">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A15006">
+          <w:p w14:paraId="5F975D3B" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">According to the protocol, the facilities involved are the follows: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03EE42CB" w14:textId="4847CC1B" w:rsidR="00487EE5" w:rsidRPr="00A15006" w:rsidRDefault="003D3A05" w:rsidP="00A15006">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4CE085F6" w14:textId="77777777" w:rsidR="009807FF" w:rsidRPr="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009807FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>• inserire il centro in italiano</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C800CED" w14:textId="77777777" w:rsidR="009807FF" w:rsidRPr="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009807FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>• Il Dipartimento Farmaceutico Interaziendale</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="377CC2C7" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• Il </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Laboratorio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Unico</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Metropolitano</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="48492E99" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">These are facilities that are part of the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Azienda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> USL di Bologna, therefore suitable for carrying out the proposed study according to the specifications of point a) Section 2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A8D8969" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>If applicable</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62DD5536" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">(c) Facilities cooperating with the experimental </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>center</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> outside the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Azienda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> USL di Bologna.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="601AF12D" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">• </w:t>
             </w:r>
-            <w:r w:rsidR="00F547A5">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:p>
+          <w:p w14:paraId="04A32F28" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">• </w:t>
             </w:r>
-            <w:r w:rsidR="00A15006" w:rsidRPr="00A15006">
-[...54 lines deleted...]
-              <w:jc w:val="both"/>
+          </w:p>
+          <w:p w14:paraId="03EBAB7E" w14:textId="0354C2EA" w:rsidR="00B8710A" w:rsidRPr="00877075" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
-            </w:pPr>
-[...87 lines deleted...]
-              <w:t>by the relevant Legal Managers.</w:t>
+              <w:t>For the facilities in point c) refer to the specific site suitability for External Facilities issued by the relevant Legal Managers.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00B8710A" w:rsidRPr="00877075" w14:paraId="516EB863" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ACDBA3E" w14:textId="1139A99A" w:rsidR="00B8710A" w:rsidRPr="00877075" w:rsidRDefault="00B8710A" w:rsidP="00877075">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -964,348 +988,485 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>accurately</w:t>
             </w:r>
             <w:r w:rsidR="006E39B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>the suitability of the equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8710A" w:rsidRPr="00877075" w14:paraId="2DF3E554" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF4192D" w14:textId="27A5BD62" w:rsidR="008B0376" w:rsidRPr="008B0376" w:rsidRDefault="008B0376" w:rsidP="008B0376">
-[...55 lines deleted...]
-            <w:r w:rsidRPr="008B0376">
+          <w:p w14:paraId="6D40ADA8" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>electromedical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> equipment/ devices and facilities required for conducting the study</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65530795" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are available at the clinical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>center</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or will be provided on loan for use</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D56BB37" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>by the promoter upon execution of an appropriate contract</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2577702E" w14:textId="772EB1BF" w:rsidR="008B0376" w:rsidRDefault="008B0376" w:rsidP="008B0376">
-[...25 lines deleted...]
-            <w:r w:rsidRPr="003D3A05">
+          <w:p w14:paraId="43590FE3" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In particular, the following are available at the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>center</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AC34850" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40B9FE87" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>- ...</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08EA8BCD" w14:textId="77777777" w:rsidR="003D3A05" w:rsidRPr="003D3A05" w:rsidRDefault="003D3A05" w:rsidP="003D3A05">
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="3A66563D" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">.... </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2901F211" w14:textId="77777777" w:rsidR="003D3A05" w:rsidRPr="003D3A05" w:rsidRDefault="003D3A05" w:rsidP="003D3A05">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> periodic functionality checks)</w:t>
+          <w:p w14:paraId="030729CC" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07A7083E" w14:textId="44DB1D19" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The UOC </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Ingegneria</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Clinica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Azienda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> USL Bologna is responsible for the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>matenance</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and calibration of all equipment in the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Azienda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> USL of Bologna (scheduled preventive maintenance, corrective or breakdown maintenance, periodic safety checks, periodic functionality checks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8710A" w:rsidRPr="00877075" w14:paraId="34A869DC" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="49E5E338" w14:textId="77777777" w:rsidR="00B8710A" w:rsidRDefault="00B8710A" w:rsidP="00877075">
+          <w:p w14:paraId="00B180D7" w14:textId="280022AE" w:rsidR="00B8710A" w:rsidRPr="00877075" w:rsidRDefault="00B8710A" w:rsidP="00877075">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Please provide a </w:t>
             </w:r>
             <w:r w:rsidR="005D223F" w:rsidRPr="00B75F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>detailed</w:t>
             </w:r>
             <w:r w:rsidR="006E39B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>description of all trial procedures which will take place at the site.</w:t>
             </w:r>
-          </w:p>
-[...101 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8710A" w:rsidRPr="00877075" w14:paraId="4F30C4F5" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4A558DE1" w14:textId="733326D4" w:rsidR="00B8710A" w:rsidRPr="003D3A05" w:rsidRDefault="003D3A05" w:rsidP="00662ECA">
-            <w:pPr>
+          <w:p w14:paraId="066D8644" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B0376">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>All procedures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B0376">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">will be carried out at the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D85004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">….. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D85004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>inserire</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D85004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D85004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>nome</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D85004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D85004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>sito</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D85004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> di </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D85004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>sperimentazione</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> …. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B0376">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in which the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>clinical centre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B0376">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is based with a timeline in accordance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B0376">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>to the study flowchart in the version approved by the relevant regulatory bodies.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D1AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32C4836B" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D1AC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(See flowchart inside the protocol)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A558DE1" w14:textId="14B3DA24" w:rsidR="00B8710A" w:rsidRPr="00877075" w:rsidRDefault="009807FF" w:rsidP="009807FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3A05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Refer to the part of the protocol that lists the procedures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8710A" w:rsidRPr="00877075" w14:paraId="427DD947" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D00CB24" w14:textId="54ABAC13" w:rsidR="00B8710A" w:rsidRPr="00877075" w:rsidRDefault="00B8710A" w:rsidP="00877075">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
@@ -1325,188 +1486,184 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005D223F" w:rsidRPr="00B75F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>detailed</w:t>
             </w:r>
             <w:r w:rsidR="00B75F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>description of Human Resources arrangements and expertise at the site</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B8710A" w:rsidRPr="00527683" w14:paraId="10EE960A" w14:textId="77777777" w:rsidTr="00877075">
+      <w:tr w:rsidR="00B8710A" w:rsidRPr="00877075" w14:paraId="10EE960A" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51DC28FB" w14:textId="77777777" w:rsidR="00365F00" w:rsidRDefault="003D3A05" w:rsidP="003D3A05">
+          <w:p w14:paraId="4164991C" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D3A05">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>experimental center</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3A05">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> in which the study will be conducted has appropriately trained personnel with proven experience in clinical research, being specifically equipped with:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DB32F9E" w14:textId="77777777" w:rsidR="00ED4965" w:rsidRDefault="00ED4965" w:rsidP="003D3A05">
+          <w:p w14:paraId="4B52AEB9" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B306FF1" w14:textId="77777777" w:rsidR="00ED4965" w:rsidRDefault="00ED4965" w:rsidP="003D3A05">
+          <w:p w14:paraId="3E05CA18" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43253CC7" w14:textId="77777777" w:rsidR="00ED4965" w:rsidRDefault="00ED4965" w:rsidP="003D3A05">
+          <w:p w14:paraId="7F26E138" w14:textId="77777777" w:rsidR="009807FF" w:rsidRDefault="009807FF" w:rsidP="009807FF">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="740C24D9" w14:textId="069963FB" w:rsidR="00ED4965" w:rsidRPr="002F7EE9" w:rsidRDefault="00ED4965" w:rsidP="003D3A05">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="740C24D9" w14:textId="119B0DC5" w:rsidR="00B8710A" w:rsidRPr="00877075" w:rsidRDefault="009807FF" w:rsidP="009807FF">
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098696C" w:rsidRPr="00877075" w14:paraId="14DE3D61" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A4C86DA" w14:textId="19B7B191" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="0098696C" w:rsidP="00877075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidR="00425784">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0098696C" w:rsidRPr="00877075" w14:paraId="2B56577E" w14:textId="77777777" w:rsidTr="00877075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE56019" w14:textId="77777777" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="0098696C" w:rsidP="0098696C">
+          <w:p w14:paraId="76A458D9" w14:textId="59211726" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="0098696C" w:rsidP="0098696C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>In authorising this document, I confirm that the site has the facilities and equipment to be able to conduct the clinical trial and has suitable arrangements in place to ensure that all investigators and other individuals involved in conducting the trial have the suitable qualifications, expertise and training in relation to their role in the clinical trial, in compliance with EU Regulation 536/2014, and all conditions identified, which might influence the impartiality of any investigators, were addressed.</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:t>In authorising this document, I confirm that the site has the facilities and equipment to be able to conduct the clinical trial and has suitable arrangements in place to ensure that all investigators and other individuals involved in conducting the trial have the suitable qualifications, expertise and training in relation to their role in the clinical trial, in compliance with EU Regulation 536/2014, and all conditions identified, which might influence the impartiality of any inv</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00877075">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>estigators, were addressed.</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="19F17EC3" w14:textId="77777777" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="0098696C" w:rsidP="0098696C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Issued by:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6098B11D" w14:textId="77777777" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="0098696C" w:rsidP="0098696C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1536,341 +1693,432 @@
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080"/>
               </w:rPr>
               <w:t>Click here to enter text.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2466BD39" w14:textId="77777777" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="0098696C" w:rsidP="0098696C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">On behalf of the site/organisation </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1475FBF1" w14:textId="77777777" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="0098696C" w:rsidP="0098696C">
+          <w:p w14:paraId="1475FBF1" w14:textId="4A7AB91B" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="0098696C" w:rsidP="0098696C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Date</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">Date: </w:t>
             </w:r>
             <w:r w:rsidRPr="00877075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080"/>
               </w:rPr>
               <w:t>Click here to enter a date.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D4F03ED" w14:textId="77777777" w:rsidR="0098696C" w:rsidRPr="00877075" w:rsidRDefault="00EE7D2F" w:rsidP="00662ECA">
             <w:r w:rsidRPr="00877075">
               <w:t>Please ensure that you have consulted with any national guidelines before submitting this form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B06E5DA" w14:textId="0FB1B794" w:rsidR="0098696C" w:rsidRPr="006777E1" w:rsidRDefault="006777E1" w:rsidP="006777E1">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="0B06E5DA" w14:textId="6581E6CB" w:rsidR="0098696C" w:rsidRPr="00863041" w:rsidRDefault="00497998" w:rsidP="00863041">
+      <w:pPr>
+        <w:pStyle w:val="Testonotadichiusura"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
+        <w:t xml:space="preserve">NB : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>The CTR does not require signing individual documents in the clinical trial application – a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE383D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request for signature </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>could however be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE383D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subject to national legislation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0098696C" w:rsidRPr="006777E1">
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidR="0098696C" w:rsidRPr="00863041">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34E68AD7" w14:textId="77777777" w:rsidR="00903F76" w:rsidRDefault="00903F76" w:rsidP="00845873">
+    <w:p w14:paraId="6E427881" w14:textId="77777777" w:rsidR="006963F8" w:rsidRDefault="006963F8" w:rsidP="00845873">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BBBB673" w14:textId="77777777" w:rsidR="00903F76" w:rsidRDefault="00903F76" w:rsidP="00845873">
+    <w:p w14:paraId="6DC1A7AE" w14:textId="77777777" w:rsidR="006963F8" w:rsidRDefault="006963F8" w:rsidP="00845873">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...64 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="1075FF2B" w14:textId="3DE1E8AF" w:rsidR="00845873" w:rsidRDefault="00845873">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1103995794"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1769616900"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="626287CB" w14:textId="53580E99" w:rsidR="00D05661" w:rsidRDefault="00D05661">
+            <w:pPr>
+              <w:pStyle w:val="Pidipagina"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009807FF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009807FF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="1075FF2B" w14:textId="6DC96632" w:rsidR="00845873" w:rsidRDefault="00845873">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
-    <w:r>
-[...16 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D42D07B" w14:textId="77777777" w:rsidR="00903F76" w:rsidRDefault="00903F76" w:rsidP="00845873">
+    <w:p w14:paraId="527D9ABB" w14:textId="77777777" w:rsidR="006963F8" w:rsidRDefault="006963F8" w:rsidP="00845873">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58E84AB1" w14:textId="77777777" w:rsidR="00903F76" w:rsidRDefault="00903F76" w:rsidP="00845873">
+    <w:p w14:paraId="716A33B5" w14:textId="77777777" w:rsidR="006963F8" w:rsidRDefault="006963F8" w:rsidP="00845873">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...3 lines deleted...]
-      </w:pPr>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="2B0809A7" w14:textId="08CFA49A" w:rsidR="00497998" w:rsidRPr="00863041" w:rsidRDefault="00497998">
+      <w:pPr>
+        <w:pStyle w:val="Testonotaapidipagina"/>
+        <w:rPr>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandonotaapidipagina"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036174B">
+        <w:t>This request is only applicable in those countries where sites are identified with a unique identification number. This helps identifying the specific site.</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="47C889C6" w14:textId="64776200" w:rsidR="00672700" w:rsidRDefault="009807FF" w:rsidP="00672700">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+    </w:pPr>
+    <w:r>
+      <w:t>Site</w:t>
+    </w:r>
+    <w:r w:rsidR="00672700">
+      <w:t xml:space="preserve"> suitability statement, Version 3.0, September 2023</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="504FEEA0" w14:textId="735A4944" w:rsidR="00B75F69" w:rsidRDefault="00B75F69" w:rsidP="00672700">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4513"/>
+        <w:tab w:val="clear" w:pos="9026"/>
+        <w:tab w:val="left" w:pos="3330"/>
+      </w:tabs>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="357801B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B954510C"/>
     <w:lvl w:ilvl="0" w:tplc="08090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2132,188 +2380,146 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="LW_DocType" w:val="NORMAL"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B8710A"/>
-    <w:rsid w:val="00000CE3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000C1245"/>
     <w:rsid w:val="001C361B"/>
     <w:rsid w:val="001C79C1"/>
-    <w:rsid w:val="001D549B"/>
     <w:rsid w:val="001F6212"/>
-    <w:rsid w:val="002818B0"/>
-[...6 lines deleted...]
-    <w:rsid w:val="003F1BF4"/>
     <w:rsid w:val="004148EF"/>
     <w:rsid w:val="00421653"/>
     <w:rsid w:val="00425784"/>
-    <w:rsid w:val="00487EE5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00547B6A"/>
+    <w:rsid w:val="00497998"/>
     <w:rsid w:val="00582204"/>
     <w:rsid w:val="005B393C"/>
     <w:rsid w:val="005D223F"/>
-    <w:rsid w:val="005D3351"/>
-    <w:rsid w:val="0065545F"/>
     <w:rsid w:val="00662ECA"/>
-    <w:rsid w:val="00664421"/>
+    <w:rsid w:val="00672700"/>
     <w:rsid w:val="006777E1"/>
     <w:rsid w:val="006963F8"/>
     <w:rsid w:val="006E39B1"/>
-    <w:rsid w:val="007D1AC7"/>
     <w:rsid w:val="007F2ED8"/>
-    <w:rsid w:val="0082292E"/>
-    <w:rsid w:val="00840831"/>
     <w:rsid w:val="00845873"/>
-    <w:rsid w:val="00863D34"/>
+    <w:rsid w:val="00863041"/>
     <w:rsid w:val="00877075"/>
-    <w:rsid w:val="008B0376"/>
     <w:rsid w:val="008B277F"/>
-    <w:rsid w:val="00903F76"/>
     <w:rsid w:val="00932AF6"/>
-    <w:rsid w:val="009473FD"/>
+    <w:rsid w:val="009807FF"/>
     <w:rsid w:val="0098696C"/>
-    <w:rsid w:val="009F773C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A50642"/>
+    <w:rsid w:val="009E389C"/>
     <w:rsid w:val="00A6442F"/>
     <w:rsid w:val="00AB4B55"/>
-    <w:rsid w:val="00AB5D93"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B256A1"/>
     <w:rsid w:val="00B42969"/>
     <w:rsid w:val="00B75F69"/>
     <w:rsid w:val="00B8710A"/>
-    <w:rsid w:val="00B90583"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BC3352"/>
     <w:rsid w:val="00C15D40"/>
-    <w:rsid w:val="00C271E7"/>
+    <w:rsid w:val="00C17ACD"/>
     <w:rsid w:val="00CD401F"/>
     <w:rsid w:val="00CF2888"/>
-    <w:rsid w:val="00D10CB6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DA44DA"/>
+    <w:rsid w:val="00D05661"/>
     <w:rsid w:val="00DA74F2"/>
-    <w:rsid w:val="00DC4F8D"/>
-    <w:rsid w:val="00E13EFF"/>
     <w:rsid w:val="00E2735B"/>
     <w:rsid w:val="00E450BE"/>
-    <w:rsid w:val="00E858E0"/>
-    <w:rsid w:val="00ED4965"/>
     <w:rsid w:val="00EE7D2F"/>
     <w:rsid w:val="00EF2318"/>
-    <w:rsid w:val="00F15EC3"/>
-    <w:rsid w:val="00F547A5"/>
+    <w:rsid w:val="00F5250F"/>
     <w:rsid w:val="00F90B98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="49414F9C"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A576413F-3976-4931-BB7C-240922ACD17F}"/>
+  <w15:docId w15:val="{468865AF-5D55-49AB-A416-AE6A75EE9A3B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2844,223 +3050,193 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TestofumettoCarattere">
     <w:name w:val="Testo fumetto Carattere"/>
     <w:link w:val="Testofumetto"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0098696C"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Testonotadichiusura">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="TestonotadichiusuraCarattere"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007F2ED8"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TestonotadichiusuraCarattere">
     <w:name w:val="Testo nota di chiusura Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testonotadichiusura"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="007F2ED8"/>
     <w:rPr>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandonotadichiusura">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007F2ED8"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandonotaapidipagina">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A6442F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisione">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006E39B1"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Testocommento">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="paragraph" w:styleId="Testonotaapidipagina">
+    <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normale"/>
-    <w:link w:val="TestocommentoCarattere1"/>
+    <w:link w:val="TestonotaapidipaginaCarattere"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AB5D93"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00497998"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TestocommentoCarattere">
-    <w:name w:val="Testo commento Carattere"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestonotaapidipaginaCarattere">
+    <w:name w:val="Testo nota a piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Testonotaapidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AB5D93"/>
+    <w:rsid w:val="00497998"/>
     <w:rPr>
-      <w:lang w:val="en-GB"/>
-[...64 lines deleted...]
-      <w:bCs/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1790002045">
+    <w:div w:id="5325047">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="812334545">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1244340042">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1620145109">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3280,102 +3456,112 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB403B07-66A8-41FF-B982-1D8B48A68A92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3865</Characters>
+  <Pages>3</Pages>
+  <Words>721</Words>
+  <Characters>4112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4534</CharactersWithSpaces>
+  <CharactersWithSpaces>4824</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Catherine Blewett</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_SetDate">
     <vt:lpwstr>2022-09-02T13:20:19Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Name">
     <vt:lpwstr>Commission Use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_SiteId">
     <vt:lpwstr>b24c8b06-522c-46fe-9080-70926f8dddb1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ActionId">
     <vt:lpwstr>596ce586-8323-406c-9b07-b3b8d66c0385</vt:lpwstr>
   </property>